--- v0 (2025-10-14)
+++ v1 (2026-01-13)
@@ -8,51 +8,51 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w:rsidR="00AC2015" w:rsidRPr="00C75EBC" w:rsidRDefault="006E7EB4" w:rsidP="005565D9">
       <w:pPr>
         <w:spacing w:line="520" w:lineRule="exact"/>
         <w:ind w:left="9" w:hanging="45"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5A8CF4C4" wp14:editId="6C96EAAD">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
@@ -187,109 +187,113 @@
       <w:r w:rsidR="00115F77" w:rsidRPr="00115F77">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>與</w:t>
       </w:r>
       <w:r w:rsidR="00115F77" w:rsidRPr="00115F77">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>資訊</w:t>
       </w:r>
       <w:r w:rsidR="00115F77" w:rsidRPr="00115F77">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>學院</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC2015" w:rsidRDefault="001222DE" w:rsidP="005565D9">
+    <w:p w:rsidR="00AC2015" w:rsidRDefault="008421C0" w:rsidP="005565D9">
       <w:pPr>
         <w:spacing w:line="520" w:lineRule="exact"/>
         <w:ind w:left="9" w:hanging="45"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00624499">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>專</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>短期</w:t>
+        <w:t>案</w:t>
       </w:r>
-      <w:r w:rsidR="00AC2015" w:rsidRPr="00624499">
+      <w:r w:rsidRPr="00624499">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>專任教師「輔導與服務」</w:t>
+        <w:t>教師「輔導與服務」</w:t>
       </w:r>
-      <w:r w:rsidR="00D63669">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>院務配合事項</w:t>
+        <w:t>院</w:t>
       </w:r>
-      <w:r w:rsidR="009320D3">
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>考核</w:t>
+        <w:t>務</w:t>
       </w:r>
-      <w:r w:rsidR="00D63669">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>評</w:t>
+        <w:t>配合事項考核評分表</w:t>
       </w:r>
-      <w:r w:rsidR="00E91AFF">
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="009763D3" w:rsidRPr="00CC6249" w:rsidRDefault="009763D3" w:rsidP="00CC6249">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-2" w:hanging="34"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10630" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
@@ -635,81 +639,81 @@
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C75EBC">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
         </w:rPr>
         <w:t>院</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
         </w:rPr>
         <w:t>務配合事</w:t>
       </w:r>
       <w:r w:rsidRPr="00C75EBC">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
         </w:rPr>
         <w:t>項</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="OLE_LINK19"/>
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="4" w:name="OLE_LINK26"/>
+      <w:bookmarkStart w:id="1" w:name="OLE_LINK19"/>
+      <w:bookmarkStart w:id="2" w:name="OLE_LINK20"/>
+      <w:bookmarkStart w:id="3" w:name="OLE_LINK21"/>
+      <w:bookmarkStart w:id="4" w:name="OLE_LINK25"/>
+      <w:bookmarkStart w:id="5" w:name="OLE_LINK26"/>
       <w:r w:rsidRPr="00C75EBC">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
         </w:rPr>
         <w:t>(總分以</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00C75EBC">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
         </w:rPr>
         <w:t>0分為限)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10686" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="666"/>
         <w:gridCol w:w="4678"/>
         <w:gridCol w:w="2977"/>
         <w:gridCol w:w="2365"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A109F5" w:rsidRPr="0043652A" w:rsidTr="00BB2C51">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
@@ -1841,52 +1845,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00FA7A8F" w:rsidRPr="0043652A" w:rsidRDefault="00FA7A8F" w:rsidP="00FA7A8F">
             <w:pPr>
               <w:ind w:left="-2" w:hanging="34"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0043652A">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>院長考</w:t>
             </w:r>
             <w:r w:rsidR="00FD6BB9">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>評</w:t>
             </w:r>
-            <w:bookmarkStart w:id="5" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00FA7A8F" w:rsidRPr="0043652A" w:rsidRDefault="00FA7A8F" w:rsidP="00FA7A8F">
             <w:pPr>
               <w:ind w:left="-2" w:hanging="34"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>至多加(減)5分</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -2230,76 +2232,76 @@
         <w:widowControl/>
         <w:ind w:leftChars="0" w:left="0" w:firstLineChars="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00C56534" w:rsidRPr="00E91AFF" w:rsidSect="00FA1298">
       <w:headerReference w:type="even" r:id="rId8"/>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="even" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="567" w:right="1134" w:bottom="567" w:left="1134" w:header="567" w:footer="312" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00703DBA" w:rsidRDefault="00703DBA" w:rsidP="005565D9">
+    <w:p w:rsidR="00B5629A" w:rsidRDefault="00B5629A" w:rsidP="005565D9">
       <w:pPr>
         <w:ind w:left="-2" w:hanging="34"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00703DBA" w:rsidRDefault="00703DBA" w:rsidP="005565D9">
+    <w:p w:rsidR="00B5629A" w:rsidRDefault="00B5629A" w:rsidP="005565D9">
       <w:pPr>
         <w:ind w:left="-2" w:hanging="34"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="新細明體">
     <w:altName w:val="PMingLiU"/>
     <w:panose1 w:val="02020500000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="標楷體">
     <w:panose1 w:val="03000509000000000000"/>
     <w:charset w:val="88"/>
@@ -2347,215 +2349,215 @@
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="華康楷書體W5">
     <w:charset w:val="88"/>
     <w:family w:val="script"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="80000001" w:usb1="28091800" w:usb2="00000016" w:usb3="00000000" w:csb0="00100000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="超研澤中黑">
     <w:charset w:val="88"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000001" w:usb1="08080000" w:usb2="00000010" w:usb3="00000000" w:csb0="00100000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="華康細圓體">
     <w:charset w:val="88"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="80000001" w:usb1="28091800" w:usb2="00000016" w:usb3="00000000" w:csb0="00100000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="全真楷書">
     <w:altName w:val="Arial Unicode MS"/>
     <w:charset w:val="88"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000000" w:usb1="08080000" w:usb2="00000010" w:usb3="00000000" w:csb0="00100000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="...">
     <w:altName w:val="標楷體"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="script"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000001" w:usb1="08080000" w:usb2="00000010" w:usb3="00000000" w:csb0="00100000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="AR YuanB5 Bold">
     <w:altName w:val="新細明體"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000001" w:usb1="08080000" w:usb2="00000010" w:usb3="00000000" w:csb0="00100000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="華康中明體">
     <w:charset w:val="88"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="80000001" w:usb1="28091800" w:usb2="00000016" w:usb3="00000000" w:csb0="00100000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="00B45674" w:rsidRDefault="00B45674" w:rsidP="00B45674">
     <w:pPr>
       <w:pStyle w:val="ae"/>
       <w:ind w:left="-8" w:hanging="28"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="00B45674" w:rsidRDefault="00B45674" w:rsidP="00B45674">
     <w:pPr>
       <w:pStyle w:val="ae"/>
       <w:ind w:left="-8" w:hanging="28"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="00B45674" w:rsidRDefault="00B45674" w:rsidP="00B45674">
     <w:pPr>
       <w:pStyle w:val="ae"/>
       <w:ind w:left="-8" w:hanging="28"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00703DBA" w:rsidRDefault="00703DBA" w:rsidP="005565D9">
+    <w:p w:rsidR="00B5629A" w:rsidRDefault="00B5629A" w:rsidP="005565D9">
       <w:pPr>
         <w:ind w:left="-2" w:hanging="34"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00703DBA" w:rsidRDefault="00703DBA" w:rsidP="005565D9">
+    <w:p w:rsidR="00B5629A" w:rsidRDefault="00B5629A" w:rsidP="005565D9">
       <w:pPr>
         <w:ind w:left="-2" w:hanging="34"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="00B45674" w:rsidRDefault="00B45674" w:rsidP="00B45674">
     <w:pPr>
       <w:pStyle w:val="af1"/>
       <w:ind w:left="-8" w:hanging="28"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="00B45674" w:rsidRDefault="00B45674" w:rsidP="00B45674">
     <w:pPr>
       <w:pStyle w:val="af1"/>
       <w:ind w:left="-8" w:hanging="28"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="00B45674" w:rsidRDefault="00B45674" w:rsidP="00B45674">
     <w:pPr>
       <w:pStyle w:val="af1"/>
       <w:ind w:left="-8" w:hanging="28"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1030" type="#_x0000_t75" style="width:11.1pt;height:11.1pt" o:bullet="t">
+      <v:shape id="_x0000_i1028" type="#_x0000_t75" style="width:11.4pt;height:11.4pt" o:bullet="t">
         <v:imagedata r:id="rId1" o:title="mso6C"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0112482E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AF747176"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1289" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%2、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1769" w:hanging="480"/>
       </w:pPr>
@@ -4175,89 +4177,90 @@
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="16">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="17">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="18">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="7"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="480"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="360"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001446F6"/>
     <w:rsid w:val="000002FB"/>
     <w:rsid w:val="000004DE"/>
     <w:rsid w:val="00000913"/>
     <w:rsid w:val="000009BD"/>
     <w:rsid w:val="00000AA7"/>
     <w:rsid w:val="00000D24"/>
     <w:rsid w:val="0000147C"/>
     <w:rsid w:val="000014E7"/>
     <w:rsid w:val="00001BA5"/>
     <w:rsid w:val="00002163"/>
     <w:rsid w:val="00002498"/>
     <w:rsid w:val="000026F0"/>
     <w:rsid w:val="00002830"/>
     <w:rsid w:val="000029C9"/>
     <w:rsid w:val="00002D52"/>
     <w:rsid w:val="000030AE"/>
     <w:rsid w:val="000033C3"/>
     <w:rsid w:val="00003427"/>
     <w:rsid w:val="000036CD"/>
     <w:rsid w:val="00003841"/>
     <w:rsid w:val="000038FA"/>
     <w:rsid w:val="0000399B"/>
@@ -10263,50 +10266,51 @@
     <w:rsid w:val="00835AE8"/>
     <w:rsid w:val="00835B39"/>
     <w:rsid w:val="00836041"/>
     <w:rsid w:val="008360CB"/>
     <w:rsid w:val="00836282"/>
     <w:rsid w:val="008364A4"/>
     <w:rsid w:val="008366A5"/>
     <w:rsid w:val="00836C6A"/>
     <w:rsid w:val="00837365"/>
     <w:rsid w:val="008378D0"/>
     <w:rsid w:val="0083791B"/>
     <w:rsid w:val="00837EB0"/>
     <w:rsid w:val="00840433"/>
     <w:rsid w:val="008404E8"/>
     <w:rsid w:val="00840856"/>
     <w:rsid w:val="00840A0E"/>
     <w:rsid w:val="00840B47"/>
     <w:rsid w:val="00840B9F"/>
     <w:rsid w:val="00840CEB"/>
     <w:rsid w:val="00840D91"/>
     <w:rsid w:val="00841291"/>
     <w:rsid w:val="0084139E"/>
     <w:rsid w:val="00841955"/>
     <w:rsid w:val="00841DE8"/>
     <w:rsid w:val="00841E0C"/>
+    <w:rsid w:val="008421C0"/>
     <w:rsid w:val="0084266E"/>
     <w:rsid w:val="00842AB5"/>
     <w:rsid w:val="008430B8"/>
     <w:rsid w:val="008431E9"/>
     <w:rsid w:val="0084334A"/>
     <w:rsid w:val="00843675"/>
     <w:rsid w:val="008437E7"/>
     <w:rsid w:val="00843891"/>
     <w:rsid w:val="00843B94"/>
     <w:rsid w:val="00843D56"/>
     <w:rsid w:val="008442FF"/>
     <w:rsid w:val="00844627"/>
     <w:rsid w:val="00845212"/>
     <w:rsid w:val="00845345"/>
     <w:rsid w:val="00845470"/>
     <w:rsid w:val="008455C7"/>
     <w:rsid w:val="00845905"/>
     <w:rsid w:val="00845A8E"/>
     <w:rsid w:val="00845AC8"/>
     <w:rsid w:val="00845B3B"/>
     <w:rsid w:val="00845BC5"/>
     <w:rsid w:val="00845E21"/>
     <w:rsid w:val="008460E6"/>
     <w:rsid w:val="00846103"/>
     <w:rsid w:val="00846235"/>
@@ -12524,50 +12528,51 @@
     <w:rsid w:val="00B52A18"/>
     <w:rsid w:val="00B52AAB"/>
     <w:rsid w:val="00B53512"/>
     <w:rsid w:val="00B536AB"/>
     <w:rsid w:val="00B538EE"/>
     <w:rsid w:val="00B53CD5"/>
     <w:rsid w:val="00B53D2E"/>
     <w:rsid w:val="00B53E0C"/>
     <w:rsid w:val="00B5416F"/>
     <w:rsid w:val="00B54382"/>
     <w:rsid w:val="00B543C9"/>
     <w:rsid w:val="00B54626"/>
     <w:rsid w:val="00B546AD"/>
     <w:rsid w:val="00B54851"/>
     <w:rsid w:val="00B549D5"/>
     <w:rsid w:val="00B54D94"/>
     <w:rsid w:val="00B54FE6"/>
     <w:rsid w:val="00B55075"/>
     <w:rsid w:val="00B5540E"/>
     <w:rsid w:val="00B55410"/>
     <w:rsid w:val="00B554C6"/>
     <w:rsid w:val="00B5566A"/>
     <w:rsid w:val="00B55955"/>
     <w:rsid w:val="00B55E66"/>
     <w:rsid w:val="00B55F35"/>
+    <w:rsid w:val="00B5629A"/>
     <w:rsid w:val="00B564C6"/>
     <w:rsid w:val="00B5659A"/>
     <w:rsid w:val="00B56801"/>
     <w:rsid w:val="00B5687F"/>
     <w:rsid w:val="00B56A1F"/>
     <w:rsid w:val="00B56E2B"/>
     <w:rsid w:val="00B571F6"/>
     <w:rsid w:val="00B57292"/>
     <w:rsid w:val="00B575B1"/>
     <w:rsid w:val="00B576E6"/>
     <w:rsid w:val="00B57A37"/>
     <w:rsid w:val="00B605F3"/>
     <w:rsid w:val="00B60DC3"/>
     <w:rsid w:val="00B61174"/>
     <w:rsid w:val="00B61387"/>
     <w:rsid w:val="00B61545"/>
     <w:rsid w:val="00B61631"/>
     <w:rsid w:val="00B61933"/>
     <w:rsid w:val="00B619A5"/>
     <w:rsid w:val="00B61A13"/>
     <w:rsid w:val="00B61A6F"/>
     <w:rsid w:val="00B61E17"/>
     <w:rsid w:val="00B62AC8"/>
     <w:rsid w:val="00B62C5C"/>
     <w:rsid w:val="00B62D61"/>
@@ -15788,50 +15793,51 @@
     <w:rsid w:val="00FD51C1"/>
     <w:rsid w:val="00FD5464"/>
     <w:rsid w:val="00FD5481"/>
     <w:rsid w:val="00FD55E2"/>
     <w:rsid w:val="00FD5614"/>
     <w:rsid w:val="00FD59B7"/>
     <w:rsid w:val="00FD5C50"/>
     <w:rsid w:val="00FD60BD"/>
     <w:rsid w:val="00FD6589"/>
     <w:rsid w:val="00FD698A"/>
     <w:rsid w:val="00FD6AF9"/>
     <w:rsid w:val="00FD6BB9"/>
     <w:rsid w:val="00FD6D86"/>
     <w:rsid w:val="00FD6ED1"/>
     <w:rsid w:val="00FD705E"/>
     <w:rsid w:val="00FD7310"/>
     <w:rsid w:val="00FD7344"/>
     <w:rsid w:val="00FD74BC"/>
     <w:rsid w:val="00FD78E2"/>
     <w:rsid w:val="00FD7990"/>
     <w:rsid w:val="00FD7A8F"/>
     <w:rsid w:val="00FD7CA8"/>
     <w:rsid w:val="00FD7ED7"/>
     <w:rsid w:val="00FD7FEB"/>
     <w:rsid w:val="00FE003F"/>
+    <w:rsid w:val="00FE02C5"/>
     <w:rsid w:val="00FE0400"/>
     <w:rsid w:val="00FE09C8"/>
     <w:rsid w:val="00FE10E7"/>
     <w:rsid w:val="00FE1109"/>
     <w:rsid w:val="00FE112B"/>
     <w:rsid w:val="00FE114E"/>
     <w:rsid w:val="00FE156E"/>
     <w:rsid w:val="00FE1BC6"/>
     <w:rsid w:val="00FE1E37"/>
     <w:rsid w:val="00FE20D7"/>
     <w:rsid w:val="00FE2336"/>
     <w:rsid w:val="00FE2694"/>
     <w:rsid w:val="00FE2727"/>
     <w:rsid w:val="00FE28C0"/>
     <w:rsid w:val="00FE2E12"/>
     <w:rsid w:val="00FE2FB9"/>
     <w:rsid w:val="00FE331F"/>
     <w:rsid w:val="00FE3482"/>
     <w:rsid w:val="00FE3849"/>
     <w:rsid w:val="00FE389C"/>
     <w:rsid w:val="00FE3AD2"/>
     <w:rsid w:val="00FE3CB8"/>
     <w:rsid w:val="00FE3EC6"/>
     <w:rsid w:val="00FE4271"/>
     <w:rsid w:val="00FE434B"/>
@@ -15911,72 +15917,73 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="66D5F233"/>
   <w15:docId w15:val="{8F7BBBE2-BA92-4DD9-9B00-31965E31D549}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:ind w:leftChars="-15" w:left="-1" w:hangingChars="14" w:hanging="14"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -16032,98 +16039,95 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -16298,50 +16302,54 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="004F4E17"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:qFormat/>
     <w:rsid w:val="00715000"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="180" w:after="180" w:line="720" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
@@ -17707,51 +17715,51 @@
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="32">
     <w:name w:val="清單段落3"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="00D33487"/>
     <w:pPr>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="360" w:lineRule="atLeast"/>
       <w:ind w:leftChars="200" w:left="480"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="0"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
     <w:div w:id="1010129">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="145781568">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -19300,64 +19308,64 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\GostName.XSL" StyleName="GOST - Name Sort"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BA0BCB5E-D50E-4CE1-A1FC-BA1E273510EC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5C93B65E-3355-4AB1-B58E-C714A2546797}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>107</Words>
-  <Characters>611</Characters>
+  <Words>106</Words>
+  <Characters>610</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>usc</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>717</CharactersWithSpaces>
+  <CharactersWithSpaces>715</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>實踐大學九十二學年度第一次校務會議議程</dc:title>
   <dc:creator>usc</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>